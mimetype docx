--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -13,98 +13,98 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="600" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Podsumowanie warsztatów #STEAMAcademy czyli „UX i UI w praktyce”</w:t>
+        <w:t xml:space="preserve">Podsumowanie warsztatów STEAM Academy czyli „UX i UI w praktyce”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="500" w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Kolejne warsztaty w ramach #STEAMAcademy były pełne kreatywności, praktyki i odkrywania nowych możliwości w świecie projektowania.</w:t>
+        <w:t xml:space="preserve">Kolejne warsztaty w ramach STEAM Academy były pełne kreatywności, praktyki i odkrywania nowych możliwości w świecie projektowania.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Z ogromną satysfakcją prezentujemy podsumowanie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">warsztatów #STEAMAcademy czyli „UX i UI w praktyce”</w:t>
+        <w:t xml:space="preserve">warsztatów STEAM Academy czyli „UX i UI w praktyce”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, które stały się dla uczestniczek ważnym krokiem w stronę profesjonalnego podejścia do tworzenia produktów cyfrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Podczas tych zajęć nasze ambitne uczestniczki:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -309,81 +309,81 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Takie słowa dodają nam ogromnej motywacji i pokazują, że praktyka połączona z wiedzą daje najlepsze efekty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Z serca dziękujemy naszym instruktorkom - #STEAMTeam: </w:t>
+        <w:t xml:space="preserve">Z serca dziękujemy naszym instruktorkom - STEAMTeam: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Karolinie Dobrzańskiej, Aleksandrze Chrzęst, Paulinie Lewandowskiej i Paulinie Banaś</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – za profesjonalizm, energię i wsparcie. Wasza pasja sprawiła, że warsztaty były tak wyjątkowe.</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Ogromne brawa należą się również uczestniczkom – za kreatywność, odwagę i otwartość na nowe narzędzia. To dzięki Wam #STEAMAcademy nabiera prawdziwego znaczenia.</w:t>
+        <w:t xml:space="preserve"> – za profesjonalizm, energię i wsparcie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="300"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ogromne brawa należą się również uczestniczkom – za kreatywność, odwagę i otwartość na nowe narzędzia. To dzięki Wam STEAM Academy nabiera prawdziwego znaczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Do zobaczenia w kolejnych projektach Fundacji Girls Code Fun!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>