--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -13,115 +13,115 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="600" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Podsumowanie warsztatów #STEAMAcademy czyli „Front end od podstaw”</w:t>
+        <w:t xml:space="preserve">Podsumowanie warsztatów STEAM Academy czyli „Front end od podstaw”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="500" w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Podczas warsztatów #STEAMAcademy „Front end od podstaw” uczestniczki przekonały się, że nawet najprostszy kod potrafi otworzyć drzwi do świata, w którym pomysły zamieniają się w działające strony, a każdy kolejny klik dodaje odwagi do dalszych eksperymentów.</w:t>
+        <w:t xml:space="preserve">Podczas warsztatów STEAM Academy „Front end od podstaw” uczestniczki przekonały się, że nawet najprostszy kod potrafi otworzyć drzwi do świata, w którym pomysły zamieniają się w działające strony, a każdy kolejny klik dodaje odwagi do dalszych eksperymentów.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Z ogromną radością prezentujemy podsumowanie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kolejnych</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> warsztatów #STEAMAcademy czyli „Front end od podstaw”</w:t>
+        <w:t xml:space="preserve"> warsztatów STEAM Academy czyli „Front end od podstaw”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, które dla uczestniczek stały się pierwszym krokiem w świecie programowania i tworzenia własnych stron internetowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Podczas zajęć nasze ambitne uczestniczki:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -335,72 +335,72 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To właśnie dzięki takim opiniom wiemy, że praktyczne ćwiczenia połączone z wiedzą tworzą najskuteczniejszą drogę rozwoju.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Z serca dziękujemy naszym instruktorkom – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Wiktorii Opalińskiej, Annie Ojdana, Patrycji Wu, Natalii Mateusiak</w:t>
+        <w:t xml:space="preserve">Wiktorii Opalińskiej, Annie Ojdana, Patrycji Wołosz-Adamskiej, Natalii Mateusiak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – za pasję, profesjonalizm i energię, dzięki którym warsztaty były tak wyjątkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wielkie gratulacje również dla uczestniczek, które z determinacją i otwartością stawiały pierwsze kroki w kodowaniu. Dzięki Wam #STEAMAcademy nabiera prawdziwej mocy.</w:t>
+        <w:t xml:space="preserve">Wielkie gratulacje również dla uczestniczek, które z determinacją i otwartością stawiały pierwsze kroki w kodowaniu. Dzięki Wam STEAM Academy nabiera prawdziwej mocy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Do zobaczenia w kolejnych projektach Fundacji Girls Code Fun!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>